--- v0 (2025-12-14)
+++ v1 (2026-01-30)
@@ -12,76 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="254">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="258">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>cuantia</t>
   </si>
   <si>
     <t>documento_id</t>
   </si>
   <si>
     <t>pmc</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
     <t>yearm</t>
   </si>
   <si>
+    <t>30-11-2025</t>
+  </si>
+  <si>
+    <t>38,73</t>
+  </si>
+  <si>
+    <t>https://transparencia.cabildodelanzarote.com/storage/uploads/17661488922025_Noviembre_05-35-003-DD-000.xls</t>
+  </si>
+  <si>
+    <t>NOVIEMBRE</t>
+  </si>
+  <si>
+    <t>11-2025</t>
+  </si>
+  <si>
     <t>31-10-2025</t>
   </si>
   <si>
     <t>38,20</t>
   </si>
   <si>
     <t>https://transparencia.cabildodelanzarote.com/storage/uploads/17643289382025_Octubre_05-35-003-DD-000.xls</t>
   </si>
   <si>
     <t>OCTUBRE</t>
   </si>
   <si>
     <t>10-2025</t>
   </si>
   <si>
     <t>30-09-2025</t>
   </si>
   <si>
     <t>37,88</t>
   </si>
   <si>
     <t>https://transparencia.cabildodelanzarote.com/storage/uploads/17615544632025_Septiembre_05-35-003-DD-000.xls</t>
   </si>
   <si>
     <t>SEPTIEMBRE</t>
@@ -210,53 +225,50 @@
     <t>01-2025</t>
   </si>
   <si>
     <t>31-12-2024</t>
   </si>
   <si>
     <t>18,80</t>
   </si>
   <si>
     <t>https://transparencia.cabildodelanzarote.com/storage/uploads/17386625042024_Diciembre_05-35-003-DD-000 (1).xls</t>
   </si>
   <si>
     <t>DICIEMBRE</t>
   </si>
   <si>
     <t>12-2024</t>
   </si>
   <si>
     <t>30-11-2024</t>
   </si>
   <si>
     <t>22,65</t>
   </si>
   <si>
     <t>https://transparencia.cabildodelanzarote.com/storage/uploads/17364159602024_Noviembre_05-35-003-DD-000.xls</t>
-  </si>
-[...1 lines deleted...]
-    <t>NOVIEMBRE</t>
   </si>
   <si>
     <t>11-2024</t>
   </si>
   <si>
     <t>31-10-2024</t>
   </si>
   <si>
     <t>31,11</t>
   </si>
   <si>
     <t>https://transparencia.cabildodelanzarote.com/storage/uploads/17328028672024_Octubre_05-35-003-DD-000.xls</t>
   </si>
   <si>
     <t>10-2024</t>
   </si>
   <si>
     <t>30-09-2024</t>
   </si>
   <si>
     <t>42,01</t>
   </si>
   <si>
     <t>https://transparencia.cabildodelanzarote.com/storage/uploads/17302082892024_Septiembre_05-35-003-DD-000.xls</t>
   </si>
@@ -1152,51 +1164,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z59"/>
+  <dimension ref="A1:Z60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
@@ -1216,1380 +1228,1403 @@
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>1064</v>
+        <v>1079</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2">
         <v>2025</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>1043</v>
+        <v>1064</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s">
         <v>16</v>
       </c>
       <c r="G3">
         <v>2025</v>
       </c>
       <c r="H3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>1030</v>
+        <v>1043</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4">
         <v>2025</v>
       </c>
       <c r="H4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>1022</v>
+        <v>1030</v>
       </c>
       <c r="B5" t="s">
         <v>23</v>
       </c>
       <c r="C5" t="s">
         <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5">
         <v>2025</v>
       </c>
       <c r="H5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>993</v>
+        <v>1022</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>29</v>
       </c>
       <c r="D6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6">
         <v>2025</v>
       </c>
       <c r="H6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>34</v>
       </c>
       <c r="D7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>36</v>
       </c>
       <c r="G7">
         <v>2025</v>
       </c>
       <c r="H7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>967</v>
+        <v>988</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
       <c r="C8" t="s">
         <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>41</v>
       </c>
       <c r="G8">
         <v>2025</v>
       </c>
       <c r="H8" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>914</v>
+        <v>967</v>
       </c>
       <c r="B9" t="s">
         <v>43</v>
       </c>
       <c r="C9" t="s">
         <v>44</v>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9">
         <v>2025</v>
       </c>
       <c r="H9" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>892</v>
+        <v>914</v>
       </c>
       <c r="B10" t="s">
         <v>48</v>
       </c>
       <c r="C10" t="s">
         <v>49</v>
       </c>
       <c r="D10" t="s">
         <v>50</v>
       </c>
       <c r="F10" t="s">
         <v>51</v>
       </c>
       <c r="G10">
         <v>2025</v>
       </c>
       <c r="H10" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>844</v>
+        <v>892</v>
       </c>
       <c r="B11" t="s">
         <v>53</v>
       </c>
       <c r="C11" t="s">
         <v>54</v>
       </c>
       <c r="D11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11">
         <v>2025</v>
       </c>
       <c r="H11" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>805</v>
+        <v>844</v>
       </c>
       <c r="B12" t="s">
         <v>58</v>
       </c>
       <c r="C12" t="s">
         <v>59</v>
       </c>
       <c r="D12" t="s">
         <v>60</v>
       </c>
       <c r="F12" t="s">
         <v>61</v>
       </c>
       <c r="G12">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="H12" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>763</v>
+        <v>805</v>
       </c>
       <c r="B13" t="s">
         <v>63</v>
       </c>
       <c r="C13" t="s">
         <v>64</v>
       </c>
       <c r="D13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
       </c>
       <c r="G13">
         <v>2024</v>
       </c>
       <c r="H13" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>755</v>
+        <v>763</v>
       </c>
       <c r="B14" t="s">
         <v>68</v>
       </c>
       <c r="C14" t="s">
         <v>69</v>
       </c>
       <c r="D14" t="s">
         <v>70</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14">
         <v>2024</v>
       </c>
       <c r="H14" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>732</v>
+        <v>755</v>
       </c>
       <c r="B15" t="s">
         <v>72</v>
       </c>
       <c r="C15" t="s">
         <v>73</v>
       </c>
       <c r="D15" t="s">
         <v>74</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
       <c r="G15">
         <v>2024</v>
       </c>
       <c r="H15" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>714</v>
+        <v>732</v>
       </c>
       <c r="B16" t="s">
         <v>76</v>
       </c>
       <c r="C16" t="s">
         <v>77</v>
       </c>
       <c r="D16" t="s">
         <v>78</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16">
         <v>2024</v>
       </c>
       <c r="H16" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>663</v>
+        <v>714</v>
       </c>
       <c r="B17" t="s">
         <v>80</v>
       </c>
       <c r="C17" t="s">
         <v>81</v>
       </c>
       <c r="D17" t="s">
         <v>82</v>
       </c>
       <c r="F17" t="s">
         <v>26</v>
       </c>
       <c r="G17">
         <v>2024</v>
       </c>
       <c r="H17" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="B18" t="s">
         <v>84</v>
       </c>
       <c r="C18" t="s">
         <v>85</v>
       </c>
       <c r="D18" t="s">
         <v>86</v>
       </c>
       <c r="F18" t="s">
         <v>31</v>
       </c>
       <c r="G18">
         <v>2024</v>
       </c>
       <c r="H18" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>573</v>
+        <v>661</v>
       </c>
       <c r="B19" t="s">
         <v>88</v>
       </c>
       <c r="C19" t="s">
         <v>89</v>
       </c>
       <c r="D19" t="s">
         <v>90</v>
       </c>
       <c r="F19" t="s">
         <v>36</v>
       </c>
       <c r="G19">
         <v>2024</v>
       </c>
       <c r="H19" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="B20" t="s">
         <v>92</v>
       </c>
       <c r="C20" t="s">
         <v>93</v>
       </c>
       <c r="D20" t="s">
         <v>94</v>
       </c>
       <c r="F20" t="s">
         <v>41</v>
       </c>
       <c r="G20">
         <v>2024</v>
       </c>
       <c r="H20" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="B21" t="s">
         <v>96</v>
       </c>
       <c r="C21" t="s">
         <v>97</v>
       </c>
       <c r="D21" t="s">
         <v>98</v>
       </c>
       <c r="F21" t="s">
         <v>46</v>
       </c>
       <c r="G21">
         <v>2024</v>
       </c>
       <c r="H21" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>529</v>
+        <v>567</v>
       </c>
       <c r="B22" t="s">
         <v>100</v>
       </c>
       <c r="C22" t="s">
         <v>101</v>
       </c>
       <c r="D22" t="s">
         <v>102</v>
       </c>
       <c r="F22" t="s">
         <v>51</v>
       </c>
       <c r="G22">
         <v>2024</v>
       </c>
       <c r="H22" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="B23" t="s">
         <v>104</v>
       </c>
       <c r="C23" t="s">
         <v>105</v>
       </c>
       <c r="D23" t="s">
         <v>106</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23">
         <v>2024</v>
       </c>
       <c r="H23" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>516</v>
+        <v>528</v>
       </c>
       <c r="B24" t="s">
         <v>108</v>
       </c>
       <c r="C24" t="s">
         <v>109</v>
       </c>
       <c r="D24" t="s">
         <v>110</v>
       </c>
       <c r="F24" t="s">
+        <v>61</v>
+      </c>
+      <c r="G24">
+        <v>2024</v>
+      </c>
+      <c r="H24" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B25" t="s">
+        <v>112</v>
+      </c>
+      <c r="C25" t="s">
         <v>113</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>114</v>
       </c>
-      <c r="D25" t="s">
+      <c r="F25" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G25">
         <v>2023</v>
       </c>
       <c r="H25" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>501</v>
+        <v>512</v>
       </c>
       <c r="B26" t="s">
         <v>117</v>
       </c>
       <c r="C26" t="s">
         <v>118</v>
       </c>
       <c r="D26" t="s">
         <v>119</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26">
         <v>2023</v>
       </c>
       <c r="H26" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B27" t="s">
         <v>121</v>
       </c>
       <c r="C27" t="s">
         <v>122</v>
       </c>
       <c r="D27" t="s">
         <v>123</v>
       </c>
       <c r="F27" t="s">
         <v>16</v>
       </c>
       <c r="G27">
         <v>2023</v>
       </c>
       <c r="H27" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>466</v>
+        <v>500</v>
       </c>
       <c r="B28" t="s">
         <v>125</v>
       </c>
       <c r="C28" t="s">
         <v>126</v>
       </c>
       <c r="D28" t="s">
         <v>127</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28">
         <v>2023</v>
       </c>
       <c r="H28" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="B29" t="s">
         <v>129</v>
       </c>
       <c r="C29" t="s">
         <v>130</v>
       </c>
       <c r="D29" t="s">
         <v>131</v>
       </c>
       <c r="F29" t="s">
         <v>26</v>
       </c>
       <c r="G29">
         <v>2023</v>
       </c>
       <c r="H29" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="B30" t="s">
         <v>133</v>
       </c>
       <c r="C30" t="s">
         <v>134</v>
       </c>
       <c r="D30" t="s">
         <v>135</v>
       </c>
       <c r="F30" t="s">
         <v>31</v>
       </c>
       <c r="G30">
         <v>2023</v>
       </c>
       <c r="H30" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B31" t="s">
         <v>137</v>
       </c>
       <c r="C31" t="s">
         <v>138</v>
       </c>
       <c r="D31" t="s">
         <v>139</v>
       </c>
       <c r="F31" t="s">
         <v>36</v>
       </c>
       <c r="G31">
         <v>2023</v>
       </c>
       <c r="H31" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="B32" t="s">
         <v>141</v>
       </c>
       <c r="C32" t="s">
         <v>142</v>
       </c>
       <c r="D32" t="s">
         <v>143</v>
       </c>
       <c r="F32" t="s">
         <v>41</v>
       </c>
       <c r="G32">
         <v>2023</v>
       </c>
       <c r="H32" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="B33" t="s">
         <v>145</v>
       </c>
       <c r="C33" t="s">
         <v>146</v>
       </c>
       <c r="D33" t="s">
         <v>147</v>
       </c>
       <c r="F33" t="s">
         <v>46</v>
       </c>
       <c r="G33">
         <v>2023</v>
       </c>
       <c r="H33" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B34" t="s">
         <v>149</v>
       </c>
       <c r="C34" t="s">
         <v>150</v>
       </c>
       <c r="D34" t="s">
         <v>151</v>
       </c>
       <c r="F34" t="s">
-        <v>152</v>
+        <v>51</v>
       </c>
       <c r="G34">
         <v>2023</v>
       </c>
       <c r="H34" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>345</v>
+        <v>447</v>
       </c>
       <c r="B35" t="s">
+        <v>153</v>
+      </c>
+      <c r="C35" t="s">
         <v>154</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>155</v>
       </c>
-      <c r="D35" t="s">
+      <c r="F35" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="G35">
         <v>2023</v>
       </c>
       <c r="H35" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B36" t="s">
         <v>158</v>
       </c>
       <c r="C36" t="s">
         <v>159</v>
       </c>
       <c r="D36" t="s">
         <v>160</v>
       </c>
       <c r="F36" t="s">
         <v>61</v>
       </c>
       <c r="G36">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="H36" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>335</v>
+        <v>342</v>
       </c>
       <c r="B37" t="s">
         <v>162</v>
       </c>
       <c r="C37" t="s">
         <v>163</v>
       </c>
       <c r="D37" t="s">
         <v>164</v>
       </c>
       <c r="F37" t="s">
-        <v>165</v>
+        <v>66</v>
       </c>
       <c r="G37">
         <v>2022</v>
       </c>
       <c r="H37" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="B38" t="s">
+        <v>166</v>
+      </c>
+      <c r="C38" t="s">
         <v>167</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>168</v>
       </c>
-      <c r="D38" t="s">
+      <c r="F38" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="G38">
         <v>2022</v>
       </c>
       <c r="H38" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B39" t="s">
         <v>171</v>
       </c>
       <c r="C39" t="s">
         <v>172</v>
       </c>
       <c r="D39" t="s">
         <v>173</v>
       </c>
       <c r="F39" t="s">
         <v>16</v>
       </c>
       <c r="G39">
         <v>2022</v>
       </c>
       <c r="H39" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>187</v>
+        <v>326</v>
       </c>
       <c r="B40" t="s">
         <v>175</v>
       </c>
       <c r="C40" t="s">
         <v>176</v>
       </c>
       <c r="D40" t="s">
         <v>177</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40">
         <v>2022</v>
       </c>
       <c r="H40" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B41" t="s">
         <v>179</v>
       </c>
       <c r="C41" t="s">
         <v>180</v>
       </c>
       <c r="D41" t="s">
         <v>181</v>
       </c>
       <c r="F41" t="s">
         <v>26</v>
       </c>
       <c r="G41">
         <v>2022</v>
       </c>
       <c r="H41" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>133</v>
+        <v>186</v>
       </c>
       <c r="B42" t="s">
         <v>183</v>
       </c>
       <c r="C42" t="s">
         <v>184</v>
       </c>
       <c r="D42" t="s">
         <v>185</v>
       </c>
       <c r="F42" t="s">
         <v>31</v>
       </c>
       <c r="G42">
         <v>2022</v>
       </c>
       <c r="H42" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>93</v>
+        <v>133</v>
       </c>
       <c r="B43" t="s">
         <v>187</v>
       </c>
       <c r="C43" t="s">
         <v>188</v>
       </c>
       <c r="D43" t="s">
         <v>189</v>
       </c>
       <c r="F43" t="s">
         <v>36</v>
       </c>
       <c r="G43">
         <v>2022</v>
       </c>
       <c r="H43" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="B44" t="s">
         <v>191</v>
       </c>
       <c r="C44" t="s">
         <v>192</v>
       </c>
       <c r="D44" t="s">
         <v>193</v>
       </c>
       <c r="F44" t="s">
         <v>41</v>
       </c>
       <c r="G44">
         <v>2022</v>
       </c>
       <c r="H44" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B45" t="s">
         <v>195</v>
       </c>
       <c r="C45" t="s">
         <v>196</v>
       </c>
       <c r="D45" t="s">
         <v>197</v>
       </c>
       <c r="F45" t="s">
         <v>46</v>
       </c>
       <c r="G45">
         <v>2022</v>
       </c>
       <c r="H45" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B46" t="s">
         <v>199</v>
       </c>
       <c r="C46" t="s">
-        <v>29</v>
+        <v>200</v>
       </c>
       <c r="D46" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F46" t="s">
         <v>51</v>
       </c>
       <c r="G46">
         <v>2022</v>
       </c>
       <c r="H46" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="B47" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C47" t="s">
-        <v>203</v>
+        <v>34</v>
       </c>
       <c r="D47" t="s">
         <v>204</v>
       </c>
       <c r="F47" t="s">
         <v>56</v>
       </c>
       <c r="G47">
         <v>2022</v>
       </c>
       <c r="H47" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>132</v>
+        <v>9</v>
       </c>
       <c r="B48" t="s">
         <v>206</v>
       </c>
       <c r="C48" t="s">
         <v>207</v>
       </c>
       <c r="D48" t="s">
         <v>208</v>
       </c>
       <c r="F48" t="s">
         <v>61</v>
       </c>
       <c r="G48">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="H48" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B49" t="s">
         <v>210</v>
       </c>
       <c r="C49" t="s">
         <v>211</v>
       </c>
       <c r="D49" t="s">
         <v>212</v>
       </c>
       <c r="F49" t="s">
         <v>66</v>
       </c>
       <c r="G49">
         <v>2021</v>
       </c>
       <c r="H49" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B50" t="s">
         <v>214</v>
       </c>
       <c r="C50" t="s">
         <v>215</v>
       </c>
       <c r="D50" t="s">
         <v>216</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50">
         <v>2021</v>
       </c>
       <c r="H50" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B51" t="s">
         <v>218</v>
       </c>
       <c r="C51" t="s">
         <v>219</v>
       </c>
       <c r="D51" t="s">
         <v>220</v>
       </c>
       <c r="F51" t="s">
         <v>16</v>
       </c>
       <c r="G51">
         <v>2021</v>
       </c>
       <c r="H51" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B52" t="s">
         <v>222</v>
       </c>
       <c r="C52" t="s">
         <v>223</v>
       </c>
       <c r="D52" t="s">
         <v>224</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52">
         <v>2021</v>
       </c>
       <c r="H52" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B53" t="s">
         <v>226</v>
       </c>
       <c r="C53" t="s">
         <v>227</v>
       </c>
       <c r="D53" t="s">
         <v>228</v>
       </c>
       <c r="F53" t="s">
         <v>26</v>
       </c>
       <c r="G53">
         <v>2021</v>
       </c>
       <c r="H53" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B54" t="s">
         <v>230</v>
       </c>
       <c r="C54" t="s">
         <v>231</v>
       </c>
       <c r="D54" t="s">
         <v>232</v>
       </c>
       <c r="F54" t="s">
         <v>31</v>
       </c>
       <c r="G54">
         <v>2021</v>
       </c>
       <c r="H54" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B55" t="s">
         <v>234</v>
       </c>
       <c r="C55" t="s">
         <v>235</v>
       </c>
       <c r="D55" t="s">
         <v>236</v>
       </c>
       <c r="F55" t="s">
         <v>36</v>
       </c>
       <c r="G55">
         <v>2021</v>
       </c>
       <c r="H55" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B56" t="s">
         <v>238</v>
       </c>
       <c r="C56" t="s">
         <v>239</v>
       </c>
       <c r="D56" t="s">
         <v>240</v>
       </c>
       <c r="F56" t="s">
         <v>41</v>
       </c>
       <c r="G56">
         <v>2021</v>
       </c>
       <c r="H56" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B57" t="s">
         <v>242</v>
       </c>
       <c r="C57" t="s">
         <v>243</v>
       </c>
       <c r="D57" t="s">
         <v>244</v>
       </c>
       <c r="F57" t="s">
         <v>46</v>
       </c>
       <c r="G57">
         <v>2021</v>
       </c>
       <c r="H57" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B58" t="s">
         <v>246</v>
       </c>
       <c r="C58" t="s">
         <v>247</v>
       </c>
       <c r="D58" t="s">
         <v>248</v>
       </c>
       <c r="F58" t="s">
         <v>51</v>
       </c>
       <c r="G58">
         <v>2021</v>
       </c>
       <c r="H58" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B59" t="s">
         <v>250</v>
       </c>
       <c r="C59" t="s">
         <v>251</v>
       </c>
       <c r="D59" t="s">
         <v>252</v>
       </c>
       <c r="F59" t="s">
         <v>56</v>
       </c>
       <c r="G59">
         <v>2021</v>
       </c>
       <c r="H59" t="s">
         <v>253</v>
+      </c>
+    </row>
+    <row r="60" spans="1:26">
+      <c r="A60" s="1">
+        <v>121</v>
+      </c>
+      <c r="B60" t="s">
+        <v>254</v>
+      </c>
+      <c r="C60" t="s">
+        <v>255</v>
+      </c>
+      <c r="D60" t="s">
+        <v>256</v>
+      </c>
+      <c r="F60" t="s">
+        <v>61</v>
+      </c>
+      <c r="G60">
+        <v>2021</v>
+      </c>
+      <c r="H60" t="s">
+        <v>257</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">